--- v0 (2025-11-23)
+++ v1 (2026-02-06)
@@ -803,51 +803,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNT_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie wykorzystanie procesów technologicznych potrzebnych do wytworzenia MEMS, wie jakie urządzenia można wykorzystać do diagnostyki MEMS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -859,67 +859,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie egzaminu z materiału omawianego na wykładzie
 Obecność oraz test podsumowujący poszczególne laboratoria
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W03, K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W08, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNT_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -941,67 +941,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie egzaminu z materiału omawianego na wykładzie
 Obecność oraz test podsumowujący poszczególne laboratoria
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNT_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać właściwą ścieżkę technologiczną i zaproponować właściwą sekwencje procesów technologicznych , potrafi dobrać właściwe procesy diagnostyczne w skali mikro i nanometrowej , potrafi zaprojektować ścieżkę wytwórczą MEMS od pomysłu do produktu finalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>