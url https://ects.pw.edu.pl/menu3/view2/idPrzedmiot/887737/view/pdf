--- v0 (2025-10-30)
+++ v1 (2026-01-15)
@@ -888,271 +888,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWUm_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat przekładni o dużym przełożeniu i metodach ich obliczania </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UWUm_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWUm_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat przekładni o dużym przełożeniu i metodach ich obliczania </w:t>
+        <w:t xml:space="preserve">Potrafi opracować matematyczny model układu wykonawczego służący do analizy jego charakterystyk funkcjonalnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UWUm_U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UWUm_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować matematyczny model układu wykonawczego służący do analizy jego charakterystyk funkcjonalnych</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować układ wykonawczy do realizacji zadanej funkcji z wykorzystaniem wynków symulacji komputerowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U07, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWUm_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować mechanizm do realizacji określonej operacji technologicznej w urządzeniu montażowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>