--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -888,51 +888,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWUm_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat przekładni o dużym przełożeniu i metodach ich obliczania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>