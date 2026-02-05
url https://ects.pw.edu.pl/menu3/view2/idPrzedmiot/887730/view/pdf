--- v0 (2026-01-13)
+++ v1 (2026-02-05)
@@ -866,51 +866,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NAN_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat wykorzystania cząstek elementarnych jako narzędzi i nośników informacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,51 +1000,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U13, K_U15</w:t>
+        <w:t xml:space="preserve">K_U13, K_U15, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>