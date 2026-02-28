--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -1000,51 +1000,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U07, K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NAN_K01: </w:t>
       </w:r>
     </w:p>