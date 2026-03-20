--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -920,67 +920,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W10, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W02, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NAN_U01: </w:t>
       </w:r>
     </w:p>
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U07, K_U08, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NAN_K01: </w:t>
       </w:r>
     </w:p>