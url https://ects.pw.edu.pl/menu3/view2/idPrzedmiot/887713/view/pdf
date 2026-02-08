--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja i prezentacja zdobytej samodzielnie wiedzy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W09, K_W10, K_W11, K_W15, K_W16, K_W01</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W11, K_W15, K_W16, K_W01, K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KSP_U01: </w:t>
       </w:r>
     </w:p>
@@ -831,51 +831,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W części praktycznej prezentacje mają nakłonić studenta do bliższego zapoznania się z zastosowaniami multimediów w wielu dziedzinach. Jedna z prezentacji powinna zwrócić uwagę na praktyczne zastosowania multimediów i wykorzystanie zdobytej wiedzy do uruchomienia własnej firmy lub własnej produkcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U12, K_U14, K_U01, K_U02, K_U05</w:t>
+        <w:t xml:space="preserve">K_U12, K_U14, K_U01, K_U02, K_U05, K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>