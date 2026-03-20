--- v1 (2026-02-08)
+++ v2 (2026-03-20)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10, K_W11, K_W15, K_W16, K_W01, K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KSP_U01: </w:t>
       </w:r>
     </w:p>
@@ -831,67 +831,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W części praktycznej prezentacje mają nakłonić studenta do bliższego zapoznania się z zastosowaniami multimediów w wielu dziedzinach. Jedna z prezentacji powinna zwrócić uwagę na praktyczne zastosowania multimediów i wykorzystanie zdobytej wiedzy do uruchomienia własnej firmy lub własnej produkcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U14, K_U01, K_U02, K_U05, K_U07, K_U10</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U02, K_U05, K_U07, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KSP_K01: </w:t>
       </w:r>
     </w:p>