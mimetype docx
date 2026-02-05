--- v0 (2025-12-27)
+++ v1 (2026-02-05)
@@ -1285,51 +1285,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSOP_2st_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować, zestawić i uruchomić stanowisko badawcze do badań wybranych właściwości statycznych czujników odchylenia od pionu oraz akcelerometrów MEMS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>