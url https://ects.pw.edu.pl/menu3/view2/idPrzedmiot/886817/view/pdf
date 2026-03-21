--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -855,51 +855,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSOP_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna trendy rozwoju i najnowsze osiągnięcia w zakresie inercjalnych sensorów MEMS oraz bezwładnościowych modułów pomiarowych, ze szczególnym uwzględnieniem akcelerometrów, a także w zakresie metod pomiaru czasu, zdaje sobie sprawę z nowych możliwości, jakie przynosi rozwój inercjalnych sensorów MEMS oraz bezwładnościowych modułów pomiarowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1285,51 +1285,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSOP_2st_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować, zestawić i uruchomić stanowisko badawcze do badań wybranych właściwości statycznych czujników odchylenia od pionu oraz akcelerometrów MEMS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>