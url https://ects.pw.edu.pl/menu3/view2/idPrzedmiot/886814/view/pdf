--- v0 (2025-12-26)
+++ v1 (2026-02-07)
@@ -782,51 +782,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie kolokwium z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W14, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>