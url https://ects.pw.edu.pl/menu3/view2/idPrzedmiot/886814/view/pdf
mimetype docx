--- v1 (2026-02-07)
+++ v2 (2026-03-21)
@@ -862,67 +862,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U14, K_U17</w:t>
+        <w:t xml:space="preserve">K_U14, K_U17, K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UO, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zamodelować strukturę DOE i obliczyć jej parametry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>