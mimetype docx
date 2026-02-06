--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -1022,51 +1022,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>