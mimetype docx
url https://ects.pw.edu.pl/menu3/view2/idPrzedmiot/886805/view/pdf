--- v1 (2026-02-06)
+++ v2 (2026-03-01)
@@ -1022,51 +1022,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1108,51 +1108,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWUm_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować mechanizm do realizacji określonej operacji technologicznej w urządzeniu montażowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>