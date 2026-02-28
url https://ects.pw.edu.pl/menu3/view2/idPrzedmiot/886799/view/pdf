--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy podczas ćwiczeń, ocena aktywności w dyskusji nad uzyskanymi wynikami symulacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U06, K_U07, K_U13</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U13, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NMNP_K01: </w:t>
       </w:r>
     </w:p>