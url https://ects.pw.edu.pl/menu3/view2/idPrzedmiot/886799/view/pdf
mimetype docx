--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06, K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NMNP_U01: </w:t>
       </w:r>
     </w:p>
@@ -838,67 +838,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy podczas ćwiczeń, ocena aktywności w dyskusji nad uzyskanymi wynikami symulacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U07, K_U13, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U06, K_U07, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NMNP_K01: </w:t>
       </w:r>
     </w:p>