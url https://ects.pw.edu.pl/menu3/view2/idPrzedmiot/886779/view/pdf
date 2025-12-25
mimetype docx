--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TLS_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna techniki skanowania i budowę skanerów laserowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TLS_K01: </w:t>
       </w:r>
     </w:p>