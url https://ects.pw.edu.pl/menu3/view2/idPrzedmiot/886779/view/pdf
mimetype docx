--- v1 (2025-12-25)
+++ v2 (2026-02-05)
@@ -919,137 +919,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U16</w:t>
+        <w:t xml:space="preserve">K_U16, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TLS_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zaprojektować światłowody i przeprowadzić pokaz z ich pomocą </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U11, K_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TLS_K01: </w:t>
       </w:r>
     </w:p>