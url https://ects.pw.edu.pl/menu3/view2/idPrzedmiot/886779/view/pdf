--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -855,51 +855,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TLS_U01: </w:t>
       </w:r>
     </w:p>
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TLS_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować światłowody i przeprowadzić pokaz z ich pomocą </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>