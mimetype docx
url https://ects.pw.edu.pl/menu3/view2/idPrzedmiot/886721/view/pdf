--- v0 (2025-10-29)
+++ v1 (2026-01-14)
@@ -793,271 +793,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zan zasady optymalizacji i testowania systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W_03, W_04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zan zasady optymalizacji i testowania systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
+        <w:t xml:space="preserve">Zna zasady budowy systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu. </w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładu, zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady budowy systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
+        <w:t xml:space="preserve">Umie zbudować i przetestować sieć jednokierunkową BP do prostego zagadnienia polegającego na rozpoznawaniu obrazów i klasyfikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu, zaliczenie laboratorium</w:t>
+        <w:t xml:space="preserve">Pisemne sprawozdanie z przeprowadzonych testów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_04</w:t>
+        <w:t xml:space="preserve">U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wykorzystać narzędzia informatyczne do optymalizacji sieci neuronalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>