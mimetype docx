--- v1 (2026-01-14)
+++ v2 (2026-02-07)
@@ -793,51 +793,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zan zasady optymalizacji i testowania systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1083,51 +1083,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialności za pracę własną i zespołu, którego jest członkiem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>