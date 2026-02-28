--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -847,287 +847,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W_04, W_03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady budowy systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu, zaliczenie laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W_03, W_04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MiTSI_II_2st_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady budowy systemów sztucznej inteligencji, a zwłaszcza sieci neuronowych.</w:t>
+        <w:t xml:space="preserve">Umie zbudować i przetestować sieć jednokierunkową BP do prostego zagadnienia polegającego na rozpoznawaniu obrazów i klasyfikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu, zaliczenie laboratorium</w:t>
+        <w:t xml:space="preserve">Pisemne sprawozdanie z przeprowadzonych testów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_04</w:t>
+        <w:t xml:space="preserve">U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie zbudować i przetestować sieć jednokierunkową BP do prostego zagadnienia polegającego na rozpoznawaniu obrazów i klasyfikacji.</w:t>
+        <w:t xml:space="preserve">Umie wykorzystać narzędzia informatyczne do optymalizacji sieci neuronalnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne sprawozdanie z przeprowadzonych testów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MiTSI_II _2st_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość odpowiedzialności za pracę własną i zespołu, którego jest członkiem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>