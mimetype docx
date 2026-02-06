--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRR_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza na temat sposobów implementacji metod analizy danych, analizy statystycznej oraz wizualizacji wyników w języku R</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>