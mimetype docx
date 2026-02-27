--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRR_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza na temat sposobów implementacji metod analizy danych, analizy statystycznej oraz wizualizacji wyników w języku R</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -935,51 +935,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_02, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRR_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować schemat procesu analizy mającej na celu rozwiązywanie konkretnego problemu inżyniersko-obliczeniowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>