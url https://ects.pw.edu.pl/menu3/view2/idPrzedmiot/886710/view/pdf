--- v0 (2025-10-29)
+++ v1 (2026-01-14)
@@ -779,67 +779,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy sprawdzające wiedzę.  Student musi uzyskać sumarycznie określony procent punktów ze wszystkich testów wykładowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_04, W_05, W_01</w:t>
+        <w:t xml:space="preserve">W_01, W_03, W_04, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPE_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student uzyskuje wiedzę na temat istoty oraz praktycznych zastosowań statystycznych metod analizy wariancji, wielowymiarowej analizy korelacji i regresji oraz istoty planowania eksperymentu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -929,67 +929,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów na kolokwiach przeprowadzonych w trakcie laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_07, U_01, U_02, U_03, U_05, U_06</w:t>
+        <w:t xml:space="preserve">U_03, U_05, U_06, U_07, U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zdobywa umiejętności praktycznego zastosowania oprogramowania statystycznego do rozwiązywania problemów z zakresu analizy wariancji oraz metod wielowymiarowej analizy korelacji i regresji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>