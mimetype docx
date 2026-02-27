--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -795,51 +795,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01, W_03, W_04, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W, III.P7S_WG, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPE_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student uzyskuje wiedzę na temat istoty oraz praktycznych zastosowań statystycznych metod analizy wariancji, wielowymiarowej analizy korelacji i regresji oraz istoty planowania eksperymentu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -929,67 +929,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów na kolokwiach przeprowadzonych w trakcie laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_05, U_06, U_07, U_01, U_02</w:t>
+        <w:t xml:space="preserve">U_06, U_07, U_01, U_02, U_03, U_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zdobywa umiejętności praktycznego zastosowania oprogramowania statystycznego do rozwiązywania problemów z zakresu analizy wariancji oraz metod wielowymiarowej analizy korelacji i regresji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>