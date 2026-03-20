--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -779,67 +779,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy sprawdzające wiedzę.  Student musi uzyskać sumarycznie określony procent punktów ze wszystkich testów wykładowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_01, W_03, W_04, W_05</w:t>
+        <w:t xml:space="preserve">W_04, W_05, W_01, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, I.P7S_WK, III.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPE_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student uzyskuje wiedzę na temat istoty oraz praktycznych zastosowań statystycznych metod analizy wariancji, wielowymiarowej analizy korelacji i regresji oraz istoty planowania eksperymentu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -929,67 +929,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów na kolokwiach przeprowadzonych w trakcie laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_06, U_07, U_01, U_02, U_03, U_05</w:t>
+        <w:t xml:space="preserve">U_01, U_02, U_03, U_05, U_06, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zdobywa umiejętności praktycznego zastosowania oprogramowania statystycznego do rozwiązywania problemów z zakresu analizy wariancji oraz metod wielowymiarowej analizy korelacji i regresji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1015,51 +1015,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_01, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TPE_K01: </w:t>
       </w:r>
     </w:p>