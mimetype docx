--- v0 (2025-11-02)
+++ v1 (2025-12-30)
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_U01: </w:t>
       </w:r>
     </w:p>
@@ -1003,51 +1003,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_U02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma praktyczną umiejętność napisania i uruchomienia w trakcie 45 min. zajęć programu w środowisku C/C++ na podstawie otrzymanego zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U22, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność posługiwania się kompilatorem i debuggerem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>