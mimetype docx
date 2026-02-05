--- v1 (2025-12-30)
+++ v2 (2026-02-05)
@@ -987,67 +987,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_U02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma praktyczną umiejętność napisania i uruchomienia w trakcie 45 min. zajęć programu w środowisku C/C++ na podstawie otrzymanego zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>