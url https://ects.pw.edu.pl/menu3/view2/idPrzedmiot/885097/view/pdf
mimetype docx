--- v2 (2026-02-05)
+++ v3 (2026-03-21)
@@ -987,67 +987,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian 1, sprawdzian 2, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_U02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma praktyczną umiejętność napisania i uruchomienia w trakcie 45 min. zajęć programu w środowisku C/C++ na podstawie otrzymanego zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P7S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P7S_UW.o, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZAP1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność posługiwania się kompilatorem i debuggerem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>