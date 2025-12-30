--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -835,67 +835,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UZE_U01: </w:t>
       </w:r>
     </w:p>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U19, K_U22, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U14, K_U19, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UZE_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszukać podzespoły elektroniczne. Potrafi dobrać podzespoły i porównać ich parametry uwzględniając aspekty techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>