--- v1 (2025-12-30)
+++ v2 (2026-03-21)
@@ -835,67 +835,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UZE_U01: </w:t>
       </w:r>
     </w:p>
@@ -985,67 +985,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U14, K_U19, K_U22</w:t>
+        <w:t xml:space="preserve">K_U14, K_U19, K_U22, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UZE_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyszukać podzespoły elektroniczne. Potrafi dobrać podzespoły i porównać ich parametry uwzględniając aspekty techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>