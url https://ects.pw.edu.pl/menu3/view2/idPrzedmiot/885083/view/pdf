--- v0 (2025-11-01)
+++ v1 (2025-12-30)
@@ -919,51 +919,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U13: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy niepewności wyników pomiarów, oszacowaćniepewności standardowe i zsumować je.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U16: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić analizę widmową sygnału przepływu z nałożonymi pulsacjami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>