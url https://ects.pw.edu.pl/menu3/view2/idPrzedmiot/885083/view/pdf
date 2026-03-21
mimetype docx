--- v1 (2025-12-30)
+++ v2 (2026-03-21)
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U16: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić analizę widmową sygnału przepływu z nałożonymi pulsacjami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>