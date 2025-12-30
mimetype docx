--- v0 (2025-11-03)
+++ v1 (2025-12-30)
@@ -872,51 +872,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRZF_1st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaimplementować algorytmy przetwarzania słów w celu skonstruowania scenariusza filmowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>