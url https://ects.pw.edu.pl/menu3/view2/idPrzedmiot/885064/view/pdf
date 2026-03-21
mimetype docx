--- v1 (2025-12-30)
+++ v2 (2026-03-21)
@@ -856,67 +856,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie samodzielnie zrealizowanych zdjęć fotograficznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U26</w:t>
+        <w:t xml:space="preserve">K_U05, K_U26, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UO, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRZF_1st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaimplementować algorytmy przetwarzania słów w celu skonstruowania scenariusza filmowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>