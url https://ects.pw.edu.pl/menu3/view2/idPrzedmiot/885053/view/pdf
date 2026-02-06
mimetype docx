--- v1 (2025-12-30)
+++ v2 (2026-02-06)
@@ -852,51 +852,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DTP_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat możliwości wykorzystania, pozyskania i zarządzania materiałami objętymi prawem autorskim: fonty, grafiki, normy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DTP_U03 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi doskonalić wiedze o nowych technikach, rozwiązaniach w zakresie technologii druku i trendach estetycznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>