--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -1068,67 +1068,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczanie ćwiczeń laboratoryjnych i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U01, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U22, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GRK_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi posługiwać się językiem programowania grafiki (typu Processing) i biblioteką graficzną  do tworzenia oprogramowania graficznego (np. prostych gier)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>