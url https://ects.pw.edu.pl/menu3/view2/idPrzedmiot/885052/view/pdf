--- v1 (2025-12-30)
+++ v2 (2026-02-04)
@@ -934,51 +934,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GRK_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę na temat tworzenia oprogramowania w zakresie modelowania i grafiki komputerowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1068,67 +1068,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczanie ćwiczeń laboratoryjnych i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U22, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GRK_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi posługiwać się językiem programowania grafiki (typu Processing) i biblioteką graficzną  do tworzenia oprogramowania graficznego (np. prostych gier)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1138,67 +1138,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczanie ćwiczeń laboratoryjnych i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U06, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U01, K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GRK_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi utworzyć prostą stronę internetową zawierającą dokumentację wykonanych ćwiczeń laboratoryjnych i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>