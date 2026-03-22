--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -934,51 +934,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GRK_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę na temat tworzenia oprogramowania w zakresie modelowania i grafiki komputerowej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1068,137 +1068,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczanie ćwiczeń laboratoryjnych i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U22</w:t>
+        <w:t xml:space="preserve">K_U05, K_U22, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GRK_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi posługiwać się językiem programowania grafiki (typu Processing) i biblioteką graficzną  do tworzenia oprogramowania graficznego (np. prostych gier)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczanie ćwiczeń laboratoryjnych i prac domowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U06, K_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GRK_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi utworzyć prostą stronę internetową zawierającą dokumentację wykonanych ćwiczeń laboratoryjnych i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>