--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -930,51 +930,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EUM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się narzędziami informatycznymi w procesie projektowania urządzeń mechatronicznych, w szczególności do analizy parametrów i charakterystyk niezawodności oraz do badań symulacyjnych złożonych obiektów technicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>