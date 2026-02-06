--- v0 (2025-12-30)
+++ v1 (2026-02-06)
@@ -910,51 +910,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WPP_U1: </w:t>
       </w:r>
     </w:p>
@@ -1060,51 +1060,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WPP_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać sprzęt pomiarowy wraz z dokumentację techniczną przy realizacji zadań programistycznych. Potrafi skomunikować się z urządzeniami pomiarowymi z poziomu środowiska programistycznego przy użyciu standardowych interfejsów komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>