--- v1 (2026-02-06)
+++ v2 (2026-03-21)
@@ -894,67 +894,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu, zaliczenie projektowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WPP_U1: </w:t>
       </w:r>
     </w:p>
@@ -1060,51 +1060,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WPP_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać sprzęt pomiarowy wraz z dokumentację techniczną przy realizacji zadań programistycznych. Potrafi skomunikować się z urządzeniami pomiarowymi z poziomu środowiska programistycznego przy użyciu standardowych interfejsów komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>