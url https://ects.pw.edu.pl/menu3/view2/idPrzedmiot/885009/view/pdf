--- v0 (2025-10-30)
+++ v1 (2026-02-06)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdanie egzaminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W10, K_W11, K_W12, K_W18</w:t>
+        <w:t xml:space="preserve">K_W12, K_W18, K_W02, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -841,51 +841,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U15, K_U23, K_U01, K_U07, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U15, K_U01, K_U23, K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>