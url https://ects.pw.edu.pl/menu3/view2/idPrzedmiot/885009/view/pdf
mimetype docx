--- v1 (2026-02-06)
+++ v2 (2026-03-23)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdanie egzaminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W18, K_W02, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W02, K_W10, K_W11, K_W12, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -841,67 +841,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U12, K_U15, K_U01, K_U23, K_U07, K_U10</w:t>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U11, K_U12, K_U15, K_U23, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PW1(SS): </w:t>
       </w:r>
     </w:p>