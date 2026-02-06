--- v0 (2025-10-30)
+++ v1 (2026-02-06)
@@ -910,437 +910,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_w04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zjawiska w świetle spolaryzowanym i potrafi je wykorzystać w praktyce inżynierskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_w05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie znaczenie koherencji fali i potrafi zastosować tą wiedzę do projektowania systemów optycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W18, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka FOT_w04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_u01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zjawiska w świetle spolaryzowanym i potrafi je wykorzystać w praktyce inżynierskiej.</w:t>
+        <w:t xml:space="preserve">Zna podstawową literaturę naukową i inżynierską z zakresu optyki i fotoniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W18</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U07, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka FOT_w05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_u02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie koherencji fali i potrafi zastosować tą wiedzę do projektowania systemów optycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyjaśnić zasadę działania wybranych urządzeń optycznych i fotonicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W18</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka FOT_u01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawową literaturę naukową i inżynierską z zakresu optyki i fotoniki.</w:t>
+        <w:t xml:space="preserve">Potrafi pracować w zespole podczas prowadzenia doświadczeń i wnioskowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U07, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_K03, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FOT_k02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi integrować wiedzę mechatroniczną i optyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>