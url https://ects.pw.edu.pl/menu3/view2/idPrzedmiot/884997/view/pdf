--- v1 (2026-02-06)
+++ v2 (2026-03-20)
@@ -926,71 +926,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_w04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe zjawiska w świetle spolaryzowanym i potrafi je wykorzystać w praktyce inżynierskiej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka FOT_w04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka FOT_w05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe zjawiska w świetle spolaryzowanym i potrafi je wykorzystać w praktyce inżynierskiej.</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie koherencji fali i potrafi zastosować tą wiedzę do projektowania systemów optycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1001,346 +1071,276 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka FOT_w05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_u01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie koherencji fali i potrafi zastosować tą wiedzę do projektowania systemów optycznych.</w:t>
+        <w:t xml:space="preserve">Zna podstawową literaturę naukową i inżynierską z zakresu optyki i fotoniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U07, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_u02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyjaśnić zasadę działania wybranych urządzeń optycznych i fotonicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U12, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka FOT_u01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FOT_k01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawową literaturę naukową i inżynierską z zakresu optyki i fotoniki.</w:t>
+        <w:t xml:space="preserve">Potrafi pracować w zespole podczas prowadzenia doświadczeń i wnioskowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia laboratoryjne, dyskusje podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U07, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_K01, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FOT_k02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi integrować wiedzę mechatroniczną i optyczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>