--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -776,201 +776,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o procesach wytwarzania i charakteryzowania oraz zastosowania układów rozproszonych w kontekście otrzymywania produktów o wymaganych cechach użytkowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o procesach wytwarzania i charakteryzowania oraz zastosowania układów rozproszonych w kontekście otrzymywania produktów o wymaganych cechach użytkowych.</w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się słownictwem związanym z układami rozproszonymi i ich zastosowaniami praktycznymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04</w:t>
+        <w:t xml:space="preserve">K2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować rozwiązania problemów wytwarzania produktów w postaci układów rozproszonych o zadanych właściwościach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>