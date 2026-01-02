--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę niezbędną do zrozumienia podstaw fizycznych i chemicznych procesów oczyszczania cieczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>