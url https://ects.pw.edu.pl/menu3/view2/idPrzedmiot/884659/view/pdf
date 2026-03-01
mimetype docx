--- v1 (2026-01-02)
+++ v2 (2026-03-01)
@@ -774,51 +774,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę niezbędną do zrozumienia podstaw fizycznych i chemicznych procesów oczyszczania cieczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1144,51 +1144,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do identyfikacji i prawidłowego rozwiązywania problemów związanych z wykonywaniem zawodu inżyniera przestrzegając zasad etyki i dbając o dorobek zawodowy oraz jego rozwój.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>