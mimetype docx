--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -742,87 +742,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna podstawowe metody analizy schematów różnicowych																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK323_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna podstawowe metody analizy schematów różnicowych																					</w:t>
+        <w:t xml:space="preserve">														Zna zaawansowane metody rozwiązywania zadań fizyki matematycznej														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -882,911 +952,841 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZNK323_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna zaawansowane metody rozwiązywania zadań fizyki matematycznej														</w:t>
+        <w:t xml:space="preserve">							potrafi przeprowadzić analizę numeryczną dla zaganień fizyki matematycznej							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							potrafi przeprowadzić analizę numeryczną dla zaganień fizyki matematycznej							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							potrafi przygotować siatkę obliczeniową dla złożonego zagadnienia technicznego o charakterze przepływowym							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							potrafi przygotować siatkę obliczeniową dla złożonego zagadnienia technicznego o charakterze przepływowym							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							potrafi wykonać symulacje dla złożonego zagadnienia technicznego o charakterze przepływowym							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							potrafi wykonać symulacje dla złożonego zagadnienia technicznego o charakterze przepływowym							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							potrafi wykonać symulacje dla złożonego zagadnienia technicznego o charakterze przepływowym							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZNK323_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							potrafi wykonać symulacje dla złożonego zagadnienia technicznego o charakterze przepływowym							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZNK323_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							potrafi przeprowadzić analizę numeryczną dla zaganień fizyki matematycznej							</w:t>
+        <w:t xml:space="preserve">Potrafi zidentyfikować i wyeliminować zagrożenia wynikające z błędnie przeprowadzonych symulacji komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+        <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK323_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							potrafi przeprowadzić analizę numeryczną dla zaganień fizyki matematycznej							</w:t>
+        <w:t xml:space="preserve">Potrafi zidentyfikować i wyeliminować zagrożenia wynikające z błędnie przeprowadzonych symulacji komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
+        <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U12</w:t>
+        <w:t xml:space="preserve">MiBM2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZNK323_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EK1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							potrafi przygotować siatkę obliczeniową dla złożonego zagadnienia technicznego o charakterze przepływowym							</w:t>
+        <w:t xml:space="preserve">Potrafi zidentyfikować i wyeliminować zagrożenia wynikające z błędnie przeprowadzonych symulacji komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">bieżąca praca na laboratorium i kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09</w:t>
-[...428 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM_K04</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>