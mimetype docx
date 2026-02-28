--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -947,50 +947,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe techniki wytwarzania struktur kompozytowych, specyficznych dla procesu fabrykacji płatowca</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">na podstawie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1046,128 +1116,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe techniki wytwarzania struktur kompozytowych, specyficznych dla procesu fabrykacji płatowca</w:t>
+        <w:t xml:space="preserve">zna zasady procesu odwzorowania geometrii płatowca, kompletacji i montażu płatowca </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady procesu odwzorowania geometrii płatowca, kompletacji i montażu płatowca </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">na podstawie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady procesu odwzorowania geometrii płatowca, kompletacji i montażu płatowca </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">na podstawie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady procesu odwzorowania geometrii płatowca, kompletacji i montażu płatowca </w:t>
+        <w:t xml:space="preserve">zna zasad konstruowania przyrządów montażowych i kontrolowania ich geometrii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1186,58 +1396,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady procesu odwzorowania geometrii płatowca, kompletacji i montażu płatowca </w:t>
+        <w:t xml:space="preserve">zna zasad konstruowania przyrządów montażowych i kontrolowania ich geometrii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1256,58 +1466,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady procesu odwzorowania geometrii płatowca, kompletacji i montażu płatowca </w:t>
+        <w:t xml:space="preserve">zna zasad konstruowania przyrządów montażowych i kontrolowania ich geometrii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1318,460 +1528,250 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasad konstruowania przyrządów montażowych i kontrolowania ich geometrii.</w:t>
+        <w:t xml:space="preserve">potrafi opracować proces formowania i łączenia blach w strukturach płatowca</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W02</w:t>
+        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasad konstruowania przyrządów montażowych i kontrolowania ich geometrii.</w:t>
+        <w:t xml:space="preserve">potrafi opracować proces formowania i łączenia blach w strukturach płatowca</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W03</w:t>
+        <w:t xml:space="preserve">M1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasad konstruowania przyrządów montażowych i kontrolowania ich geometrii.</w:t>
+        <w:t xml:space="preserve">potrafi opracować proces formowania i łączenia blach w strukturach płatowca</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">na podstawie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W06</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">M1_U13</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>