--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -1594,191 +1594,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprezentować i zinterpretować wyniki rozwiązania prostego problemu technicznego z wykorzystaniem technik komputerowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprezentować i zinterpretować wyniki rozwiązania prostego problemu technicznego z wykorzystaniem technik komputerowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>