--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -1384,50 +1384,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie modelu matematycznego zagadnienia potrafi opracować prosty algorytm numeryczny do jego rozwiązania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1483,302 +1553,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie modelu matematycznego zagadnienia potrafi opracować prosty algorytm numeryczny do jego rozwiązania</w:t>
+        <w:t xml:space="preserve">Potrafi zaprezentować i zinterpretować wyniki rozwiązania prostego problemu technicznego z wykorzystaniem technik komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprezentować i zinterpretować wyniki rozwiązania prostego problemu technicznego z wykorzystaniem technik komputerowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprezentować i zinterpretować wyniki rozwiązania prostego problemu technicznego z wykorzystaniem technik komputerowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">M1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>