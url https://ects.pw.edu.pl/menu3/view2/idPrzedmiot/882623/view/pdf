--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -965,51 +965,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1325,51 +1325,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U22, MiBM2_U09</w:t>
+        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>