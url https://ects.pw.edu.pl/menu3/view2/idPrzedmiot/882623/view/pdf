--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -965,51 +965,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1045,51 +1045,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U09, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U22, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>