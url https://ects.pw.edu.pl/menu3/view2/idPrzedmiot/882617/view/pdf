--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W08, MiBM2_W02</w:t>
+        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W03, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1121,51 +1121,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, kolokwium  2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
+        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U22, MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>