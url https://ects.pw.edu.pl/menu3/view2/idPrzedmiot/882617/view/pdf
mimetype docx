--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -761,411 +761,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody ilościowej i jakościowe analizy dynamiki dyskretnych układów drgających (liniowych i nieliniowych).																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody ilościowej i jakościowe analizy dynamiki dyskretnych układów drgających (liniowych i nieliniowych).																												</w:t>
+        <w:t xml:space="preserve">														 Zna podstawowe pojęcia kinematyczne wykorzystywane w opisie zjawisk falowych w ośrodku ciągłym.																													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W03, MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe równania opisujące zjawiska propagacji fal w liniowych ośrodkach ciągłych.																												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														 Zna podstawowe pojęcia kinematyczne wykorzystywane w opisie zjawisk falowych w ośrodku ciągłym.																													</w:t>
+        <w:t xml:space="preserve">														Ma podstawową wiedzę nt.  wybranych  przypadków drgań  w  sprężystych ciałach stałych, a także prostych zjawisk falowych (liniowych i nieliniowych) w cieczach i gazach.																																								</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02, MiBM2_W03, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS751_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS751_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe równania opisujące zjawiska propagacji fal w liniowych ośrodkach ciągłych.																												</w:t>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć ilościowe charakterystyki drgań w wybranych układach dyskretnych i ciągłych.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 1, kolokwium  2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W08</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U22, MiBM2_U10</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U11, MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>