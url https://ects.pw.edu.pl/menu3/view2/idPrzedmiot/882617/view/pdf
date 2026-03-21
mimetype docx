--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W02</w:t>
+        <w:t xml:space="preserve">MiBM2_W02, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>