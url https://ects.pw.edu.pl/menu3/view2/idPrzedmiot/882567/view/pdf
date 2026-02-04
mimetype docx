--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -817,191 +817,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS520_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna zasady wprowadzania obciążeń skupionych w struktury kompozytowe.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS520_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe techniki wytwarzania lotniczych struktur kompozytowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W20, LiK2_W13, LiK2_W15</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>