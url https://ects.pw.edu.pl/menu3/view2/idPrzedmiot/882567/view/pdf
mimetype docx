--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -957,51 +957,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W20, LiK2_W13, LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_W13, LiK2_W15, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>