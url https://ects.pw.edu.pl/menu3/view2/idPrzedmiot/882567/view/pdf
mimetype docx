--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -1037,51 +1037,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U12, LiK2_U18</w:t>
+        <w:t xml:space="preserve">LiK2_U12, LiK2_U18, LiK2_U01, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>