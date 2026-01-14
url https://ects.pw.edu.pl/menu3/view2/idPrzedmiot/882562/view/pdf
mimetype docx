--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -1119,51 +1119,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U04, LiK2_U07, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U04, LiK2_U07, LiK2_U09, LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>