--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -1119,51 +1119,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U04, LiK2_U07, LiK2_U09, LiK2_U01</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U04, LiK2_U07, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1189,51 +1189,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U04, LiK2_U07, LiK2_U12, LiK2_U19</w:t>
+        <w:t xml:space="preserve">LiK2_U19, LiK2_U01, LiK2_U04, LiK2_U07, LiK2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>