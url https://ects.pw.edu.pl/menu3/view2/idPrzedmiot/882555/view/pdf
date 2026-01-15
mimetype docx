--- v0 (2026-01-12)
+++ v1 (2026-01-15)
@@ -1110,51 +1110,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U17, LiK2_U01, LiK2_U09, LiK2_U10</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1250,51 +1250,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U17</w:t>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U10, LiK2_U17, LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>