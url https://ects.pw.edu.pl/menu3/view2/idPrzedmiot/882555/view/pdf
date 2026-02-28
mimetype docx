--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -960,51 +960,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W05, LiK2_W01</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1250,51 +1250,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U17</w:t>
+        <w:t xml:space="preserve">LiK2_U17, LiK2_U01, LiK2_U09, LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>