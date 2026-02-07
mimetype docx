--- v1 (2026-01-11)
+++ v2 (2026-02-07)
@@ -1069,157 +1069,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie zaawansowanych modeli numerycznych służących do symulowania złożonych procesów wymiany ciepła i masy.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie zaawansowanych modeli numerycznych służących do symulowania złożonych procesów wymiany ciepła i masy.											</w:t>
+        <w:t xml:space="preserve">Zna różne rodzaje wymienników ciepła oraz sposoby ich modelowania.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru, referat/prezentacja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna różne rodzaje wymienników ciepła oraz sposoby ich modelowania.												</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat różnych rodzajów izolacji cieplnych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru, referat/prezentacja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1230,180 +1300,180 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat różnych rodzajów izolacji cieplnych.														</w:t>
+        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru, referat/prezentacja.</w:t>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
+        <w:t xml:space="preserve">E2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U06</w:t>
+        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1429,331 +1499,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U18</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>