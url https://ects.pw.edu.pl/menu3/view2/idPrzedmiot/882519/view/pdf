--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1069,157 +1069,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie zaawansowanych modeli numerycznych służących do symulowania złożonych procesów wymiany ciepła i masy.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę w zakresie zaawansowanych modeli numerycznych służących do symulowania złożonych procesów wymiany ciepła i masy.											</w:t>
+        <w:t xml:space="preserve">Zna różne rodzaje wymienników ciepła oraz sposoby ich modelowania.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru.</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru, referat/prezentacja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna różne rodzaje wymienników ciepła oraz sposoby ich modelowania.												</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat różnych rodzajów izolacji cieplnych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru, referat/prezentacja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1230,146 +1300,566 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat różnych rodzajów izolacji cieplnych.														</w:t>
+        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zagadnienia wymiany ciepła w ośrodkach oddziaływujących z promieniowaniem cieplnym, w ośrodkach porowatych, w zawiesinach, w przepływach dwufazowych, turbulentnych i o ciśnieniach bliskich ciśnieniu krytycznemu.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru, referat/prezentacja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować referat/prezentację na temat złożonych mechanizmów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1388,722 +1878,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować referat/prezentację na temat złożonych mechanizmów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U14</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować referat/prezentację na temat złożonych mechanizmów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U18</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować referat/prezentację na temat złożonych mechanizmów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U09</w:t>
-[...348 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U04</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>