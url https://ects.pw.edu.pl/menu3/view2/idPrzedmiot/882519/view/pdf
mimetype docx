--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -1359,157 +1359,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zidentyfikować złożone mechanizmy ciepła i masy występujące w urządzeniach i procesach technologicznych.													</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1528,582 +1738,372 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać proste zagadnienia wymiany ciepła w ośrodkach oddziaływujących z promieniowaniem cieplnym, w ośrodkach porowatych, w zawiesinach, w przepływach dwufazowych, turbulentnych i o ciśnieniach bliskich ciśnieniu krytycznemu.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe na koniec semestru, referat/prezentacja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować referat/prezentację na temat złożonych mechanizmów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U09</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować referat/prezentację na temat złożonych mechanizmów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U14</w:t>
+        <w:t xml:space="preserve">E2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS645_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować zaawansowane modele fizyczne i matematyczne do ilościowej analizy złożonych procesów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.																			</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować referat/prezentację na temat złożonych mechanizmów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS645_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować referat/prezentację na temat złożonych mechanizmów wymiany ciepła i masy występujących w urządzeniach i procesach technologicznych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena referatu/prezentacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U18</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>