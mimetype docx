--- v0 (2025-11-02)
+++ v1 (2026-01-11)
@@ -962,50 +962,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi scharakteryzować poszczególne przemiany w obiegu cieplnym Rankine'a, sposób podwyższania sprawności elektrowni i elektrociepłowni oraz kierunek, w jakim dążą parametry termodynamiczne w poszczególnych miejscach układu cieplnego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1061,91 +1131,161 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi scharakteryzować poszczególne przemiany w obiegu cieplnym Rankine'a, sposób podwyższania sprawności elektrowni i elektrociepłowni oraz kierunek, w jakim dążą parametry termodynamiczne w poszczególnych miejscach układu cieplnego. </w:t>
+        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1172,270 +1312,340 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W08</w:t>
+        <w:t xml:space="preserve">E2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W14</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W19</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1463,260 +1673,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U25</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>