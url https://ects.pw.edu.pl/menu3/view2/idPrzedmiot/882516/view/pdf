--- v1 (2026-01-11)
+++ v2 (2026-02-05)
@@ -962,87 +962,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi scharakteryzować poszczególne przemiany w obiegu cieplnym Rankine'a, sposób podwyższania sprawności elektrowni i elektrociepłowni oraz kierunek, w jakim dążą parametry termodynamiczne w poszczególnych miejscach układu cieplnego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi scharakteryzować poszczególne przemiany w obiegu cieplnym Rankine'a, sposób podwyższania sprawności elektrowni i elektrociepłowni oraz kierunek, w jakim dążą parametry termodynamiczne w poszczególnych miejscach układu cieplnego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi scharakteryzować poszczególne przemiany w obiegu cieplnym Rankine'a, sposób podwyższania sprawności elektrowni i elektrociepłowni oraz kierunek, w jakim dążą parametry termodynamiczne w poszczególnych miejscach układu cieplnego. </w:t>
+        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1061,92 +1201,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi scharakteryzować poszczególne przemiany w obiegu cieplnym Rankine'a, sposób podwyższania sprawności elektrowni i elektrociepłowni oraz kierunek, w jakim dążą parametry termodynamiczne w poszczególnych miejscach układu cieplnego. </w:t>
+        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1172,1541 +1312,1401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W08</w:t>
+        <w:t xml:space="preserve">E2_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U26</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sporządzać analizy wpływu zmiennej konfiguracji układu cieplnego na osiągane przez układ wskaźniki energetyczne, ekonomiczne i ekologiczne oraz oszacować zmiany parametrów przy prostych zagadnieniach nieustalonych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sporządzać analizy wpływu zmiennej konfiguracji układu cieplnego na osiągane przez układ wskaźniki energetyczne, ekonomiczne i ekologiczne oraz oszacować zmiany parametrów przy prostych zagadnieniach nieustalonych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sporządzać analizy wpływu zmiennej konfiguracji układu cieplnego na osiągane przez układ wskaźniki energetyczne, ekonomiczne i ekologiczne oraz oszacować zmiany parametrów przy prostych zagadnieniach nieustalonych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność samodzielnego rozwiązywania prostych i zaawansowanych zagadnień technicznych związanych z analizą pracy układów cieplnych oraz potrafi poszukiwać informacji w literaturze polskiej i obcojęzycznej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada umiejętność samodzielnego rozwiązywania prostych i zaawansowanych zagadnień technicznych związanych z analizą pracy układów cieplnych oraz potrafi poszukiwać informacji w literaturze polskiej i obcojęzycznej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_K1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student jest świadom potrzeby ciągłego dokształcania się,co jest wymuszone przez dynamicznie zmieniający się obszar jakim jest energetyka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W14</w:t>
+        <w:t xml:space="preserve">E2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi formułować podstawowe problemy, przed jakimi stoi energetyka zawodowa oraz jest świadom ograniczeń, w ramach których należy prowadzić proces projektowania i eksploatacji instalacji cieplnych. </w:t>
+        <w:t xml:space="preserve">Student ma świadomość wpływu na środowisko, jakie wywiera energetyka. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W19</w:t>
+        <w:t xml:space="preserve">E2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+        <w:t xml:space="preserve">Student, poprzez realizację zadań realizowanych przez więcej niż jedną osobę, potrafi pracować w grupie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U01</w:t>
+        <w:t xml:space="preserve">E2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.	</w:t>
+        <w:t xml:space="preserve">Student, poprzez realizację zadań realizowanych przez więcej niż jedną osobę, potrafi pracować w grupie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U09</w:t>
-[...1128 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_K03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>