--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -1393,50 +1393,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1632,91 +1702,301 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U26</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1743,51 +2023,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U01</w:t>
+        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1813,331 +2093,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U14</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E2_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>