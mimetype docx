--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -1393,50 +1393,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1562,162 +1702,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U24</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U25</w:t>
+        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1743,50 +1883,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać wskaźniki energetyczne, ekonomiczne i ekologiczne elektrowni i elektrociepłowni, interpretować je i na ich podstawie proponować zmiany w obiegu powiększające sprawność i zmniejszające koszty finansowe i ekologiczne.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1884,260 +2094,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U26</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>