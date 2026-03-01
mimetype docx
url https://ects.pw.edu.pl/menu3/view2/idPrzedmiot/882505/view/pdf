--- v2 (2026-01-13)
+++ v3 (2026-03-01)
@@ -1393,50 +1393,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS580_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zestawić bilans energetyczny układu cieplnego elektrowni i elektrociepłowni, obliczać parametry termodynamiczne w każdym miejscu układu oraz wszystkie przepływy masy i energii w układzie stosując programy komercyjne oraz tworząc także własne procedury obliczeniowe.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1464,260 +1674,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U25</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>