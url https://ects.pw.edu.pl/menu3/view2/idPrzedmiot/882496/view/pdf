--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -1589,50 +1589,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1660,120 +1730,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_W16</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>