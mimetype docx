--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -749,50 +749,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -918,128 +1128,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1058,58 +1478,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie modelowania matematycznego urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1128,1862 +1548,1442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W03</w:t>
+        <w:t xml:space="preserve">E2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W05</w:t>
+        <w:t xml:space="preserve">E2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W06</w:t>
+        <w:t xml:space="preserve">E2_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie bilansowania instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W17</w:t>
+        <w:t xml:space="preserve">E2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W11</w:t>
+        <w:t xml:space="preserve">E2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza w zakresie optymalizacji rozkładu obciążeń układów energetycznych.</w:t>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W16</w:t>
+        <w:t xml:space="preserve">E2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność bilansowania układów energetycznych i optymalizacji ich parametrów.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność wykorzystania komercyjnych programów obliczeniowych dla zagadnień modelowania, bilansowania i optymalizacji pracy układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi realizować zaawansowane zadanie obliczeniowe korzystając z materiałów dodatkowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U07</w:t>
+        <w:t xml:space="preserve">E2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS635_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS635_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętności  w zakresie modelowania urządzeń i instalacji energetycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi realizować zaawansowane zadanie obliczeniowe korzystając z materiałów dodatkowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu, test zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U09</w:t>
-[...988 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_K01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>