--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -956,237 +956,307 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK480_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę na temat falowych właściwości światła oraz możliwości wykorzystania fotoniki w technice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK480_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK480_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę na temat falowych właściwości światła oraz możliwości wykorzystania fotoniki w technice.</w:t>
+        <w:t xml:space="preserve">Student posiada podstawową wiedzę nt. symetrii w fizyce i ich związku z zasadami zachowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W02</w:t>
+        <w:t xml:space="preserve">E2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK480_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK480_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada podstawową wiedzę nt. symetrii w fizyce i ich związku z zasadami zachowania.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać proste problemy z mechaniki relatywistycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W01</w:t>
+        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK480_U2: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK480_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozwiązać proste problemy z mechaniki relatywistycznej</w:t>
+        <w:t xml:space="preserve">Student potrafi - odwołując się do odpowiednich elementów teorii - opisać podstawowe właściwości zjawisk falowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1247,120 +1317,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>