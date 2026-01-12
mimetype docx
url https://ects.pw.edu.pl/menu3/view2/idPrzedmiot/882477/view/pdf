--- v0 (2025-11-03)
+++ v1 (2026-01-12)
@@ -1824,50 +1824,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2203,91 +2273,581 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2314,51 +2874,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U17</w:t>
+        <w:t xml:space="preserve">E2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2384,611 +2944,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_U19</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U23</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>