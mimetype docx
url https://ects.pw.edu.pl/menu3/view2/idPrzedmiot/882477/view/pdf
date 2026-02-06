--- v1 (2026-01-12)
+++ v2 (2026-02-06)
@@ -1824,1171 +1824,1171 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS718_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe, studium wykonalności w zakresie zastosowania danej technologii fotowoltaicznej.													</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe, projekt.</w:t>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U04</w:t>
-      </w:r>
-[...908 lines deleted...]
-        <w:t xml:space="preserve">E2_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>