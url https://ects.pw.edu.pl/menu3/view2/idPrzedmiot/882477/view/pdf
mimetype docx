--- v2 (2026-02-06)
+++ v3 (2026-03-20)
@@ -2314,50 +2314,540 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS718_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania technologii fotowoltaicznych w rożnych zastosowaniach  energetyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2455,540 +2945,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E2_U17</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">E2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>