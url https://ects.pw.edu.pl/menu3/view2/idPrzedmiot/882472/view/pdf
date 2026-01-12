--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -756,551 +756,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS536_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student potrafi dobrać odpowiedni typ wymiennika ciepła do określonych zadań.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS536_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS536_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student potrafi dobrać odpowiedni typ wymiennika ciepła do określonych zadań.							</w:t>
+        <w:t xml:space="preserve">							Student odróżnia zagadnienie przemiany fazowej od problemu wymiany masy i potrafi wskazać urządzenia, w których te zjawiska są wykorzystywane.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS536_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student odróżnia zagadnienie przemiany fazowej od problemu wymiany masy i potrafi wskazać urządzenia, w których te zjawiska są wykorzystywane.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS536_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS536_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student odróżnia zagadnienie przemiany fazowej od problemu wymiany masy i potrafi wskazać urządzenia, w których te zjawiska są wykorzystywane.																					</w:t>
+        <w:t xml:space="preserve">Student potrafi wymienić i sklasyfikować urządzenia wykorzystujące chłodzenie natryskowo-wyparne oraz zna zasadę ich działania.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS536_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Student umie obliczyć wymagane parametry konstrukcyjne i eksploatacyjne wymiennika ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W06</w:t>
+        <w:t xml:space="preserve">E2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS536_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS536_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student odróżnia zagadnienie przemiany fazowej od problemu wymiany masy i potrafi wskazać urządzenia, w których te zjawiska są wykorzystywane.																					</w:t>
+        <w:t xml:space="preserve">	Student potrafi poprawnie zbilansować powierzchnię międzyfazową, przez którą zachodzi równoczesna wymiana ciepła i masy.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W07</w:t>
+        <w:t xml:space="preserve">E2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS536_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS536_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wymienić i sklasyfikować urządzenia wykorzystujące chłodzenie natryskowo-wyparne oraz zna zasadę ich działania.														</w:t>
+        <w:t xml:space="preserve">	Student potrafi poprawnie zbilansować powierzchnię międzyfazową, przez którą zachodzi równoczesna wymiana ciepła i masy.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E2_W06</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E2_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>