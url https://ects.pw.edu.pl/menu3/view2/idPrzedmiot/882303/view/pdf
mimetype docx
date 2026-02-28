--- v0 (2025-10-31)
+++ v1 (2026-02-28)
@@ -764,227 +764,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania i rozwiązywania zadań kinematyki dla mechanizmów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania i rozwiązywania zadań kinematyki dla mechanizmów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania i rozwiązywania zadań kinematyki dla mechanizmów.</w:t>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania równań ruchu mechanizmów i rozwiązywania zadania odwrotnego dynamiki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania równań ruchu mechanizmów i rozwiązywania zadania odwrotnego dynamiki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania i rozwiązywania zadań kinematyki dla mechanizmów.</w:t>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania równań ruchu mechanizmów i rozwiązywania zadania odwrotnego dynamiki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania równań ruchu mechanizmów i rozwiązywania zadania odwrotnego dynamiki.</w:t>
+        <w:t xml:space="preserve">							Student ma uporządkowaną i podbudowaną teoretycznie wiedzę na temat wyrównoważania mechanizmów i wirników.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1003,58 +1213,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania równań ruchu mechanizmów i rozwiązywania zadania odwrotnego dynamiki.</w:t>
+        <w:t xml:space="preserve">							Student ma uporządkowaną i podbudowaną teoretycznie wiedzę na temat wyrównoważania mechanizmów i wirników.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1073,58 +1283,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania równań ruchu mechanizmów i rozwiązywania zadania odwrotnego dynamiki.</w:t>
+        <w:t xml:space="preserve">							Student ma uporządkowaną i podbudowaną teoretycznie wiedzę na temat wyrównoważania mechanizmów i wirników.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1184,691 +1394,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student ma uporządkowaną i podbudowaną teoretycznie wiedzę na temat wyrównoważania mechanizmów i wirników.						</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student ma uporządkowaną i podbudowaną teoretycznie wiedzę na temat wyrównoważania mechanizmów i wirników.						</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W06</w:t>
+        <w:t xml:space="preserve">MiBM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student ma uporządkowaną i podbudowaną teoretycznie wiedzę na temat wyrównoważania mechanizmów i wirników.						</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Drugi sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>