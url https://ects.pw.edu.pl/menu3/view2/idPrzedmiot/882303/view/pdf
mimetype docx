--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -764,50 +764,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma uporządkowaną wiedzę na temat formułowania i rozwiązywania zadań kinematyki dla mechanizmów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -835,120 +905,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>