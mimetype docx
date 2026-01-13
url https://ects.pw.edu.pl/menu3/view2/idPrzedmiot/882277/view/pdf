--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -1588,121 +1588,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>