--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -1168,121 +1168,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o metodach spajania materiałów: spawania, zgrzewania, lutowania. Zna właściwości połączeń i ich zastosowanie.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>