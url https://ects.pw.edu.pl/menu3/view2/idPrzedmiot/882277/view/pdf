--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -748,157 +748,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o procesach kształtowania plastycznego materiałów tj. procesach kucia, cięcia, gięcia, wykrawania, tłoczenia, przetłaczania. Ma wiedzę o procesach towarzyszących np. obróbce cieplnej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę o procesach kształtowania plastycznego materiałów tj. procesach kucia, cięcia, gięcia, wykrawania, tłoczenia, przetłaczania. Ma wiedzę o procesach towarzyszących np. obróbce cieplnej.							</w:t>
+        <w:t xml:space="preserve">							Zna metody odlewania materiałów, ich wady i zalety, sposoby realizacji procesu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody odlewania materiałów, ich wady i zalety, sposoby realizacji procesu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody odlewania materiałów, ich wady i zalety, sposoby realizacji procesu.							</w:t>
+        <w:t xml:space="preserve">														Posiada wiedzę na temat wytwarzania części metodą proszków spiekanych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -917,58 +1057,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody odlewania materiałów, ich wady i zalety, sposoby realizacji procesu.							</w:t>
+        <w:t xml:space="preserve">														Posiada wiedzę na temat wytwarzania części metodą proszków spiekanych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -987,58 +1127,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Posiada wiedzę na temat wytwarzania części metodą proszków spiekanych.														</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o metodach spajania materiałów: spawania, zgrzewania, lutowania. Zna właściwości połączeń i ich zastosowanie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1057,232 +1197,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK399_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK399_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Posiada wiedzę na temat wytwarzania części metodą proszków spiekanych.														</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o metodach spajania materiałów: spawania, zgrzewania, lutowania. Zna właściwości połączeń i ich zastosowanie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>