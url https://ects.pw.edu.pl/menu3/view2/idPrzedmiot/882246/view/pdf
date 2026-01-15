--- v0 (2025-12-22)
+++ v1 (2026-01-15)
@@ -952,447 +952,587 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada podstawową wiedzę z niwelacji i stabilizacji powierzchni ruchomych płatowca.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada podstawową wiedzę z niwelacji i stabilizacji powierzchni ruchomych płatowca.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada podstawową wiedzę z niwelacji i stabilizacji powierzchni ruchomych płatowca.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykonać prostą lotniczą strukturę kompozytową oraz posiada umiejętność wykonywania połączeń nierozłącznych (klejenie i nitowanie).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">	Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W12</w:t>
+        <w:t xml:space="preserve">LiK1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada podstawową wiedzę z niwelacji i stabilizacji powierzchni ruchomych płatowca.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykonać prostą lotniczą strukturę kompozytową oraz posiada umiejętność wykonywania połączeń nierozłącznych (klejenie i nitowanie).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">	Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W14</w:t>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać prostą lotniczą strukturę kompozytową oraz posiada umiejętność wykonywania połączeń nierozłącznych (klejenie i nitowanie).							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykonać niwelacje i stabilizację powierzchni ruchomych płatowca	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać prostą lotniczą strukturę kompozytową oraz posiada umiejętność wykonywania połączeń nierozłącznych (klejenie i nitowanie).							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykonać niwelacje i stabilizację powierzchni ruchomych płatowca	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać niwelacje i stabilizację powierzchni ruchomych płatowca	.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeanalizować pod względem konstrukcyjno-technologicznym wybrane fragmenty struktury lotniczej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U15</w:t>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać niwelacje i stabilizację powierzchni ruchomych płatowca	.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeanalizować pod względem konstrukcyjno-technologicznym wybrane fragmenty struktury lotniczej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1593,190 +1733,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U18</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>