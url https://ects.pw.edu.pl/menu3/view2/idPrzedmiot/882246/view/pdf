--- v1 (2026-01-15)
+++ v2 (2026-03-22)
@@ -1172,611 +1172,611 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykonać prostą lotniczą strukturę kompozytową oraz posiada umiejętność wykonywania połączeń nierozłącznych (klejenie i nitowanie).							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać prostą lotniczą strukturę kompozytową oraz posiada umiejętność wykonywania połączeń nierozłącznych (klejenie i nitowanie).							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykonać niwelacje i stabilizację powierzchni ruchomych płatowca	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wykonać niwelacje i stabilizację powierzchni ruchomych płatowca	.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać niwelacje i stabilizację powierzchni ruchomych płatowca	.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeanalizować pod względem konstrukcyjno-technologicznym wybrane fragmenty struktury lotniczej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U15</w:t>
+        <w:t xml:space="preserve">LiK1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS622_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykonać niwelacje i stabilizację powierzchni ruchomych płatowca	.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeanalizować pod względem konstrukcyjno-technologicznym wybrane fragmenty struktury lotniczej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeanalizować pod względem konstrukcyjno-technologicznym wybrane fragmenty struktury lotniczej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeanalizować pod względem konstrukcyjno-technologicznym wybrane fragmenty struktury lotniczej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS622_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeanalizować pod względem konstrukcyjno-technologicznym wybrane fragmenty struktury lotniczej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy studenta podczas wykonywania ćwiczenia laboratoryjnego. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>