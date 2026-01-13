--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -757,87 +757,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu budowy, celów i metod integracji systemów pomiarowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu budowy, celów i metod integracji systemów pomiarowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu budowy, celów i metod integracji systemów pomiarowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu budowy, celów i metod integracji systemów pomiarowych.</w:t>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -856,58 +1066,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu budowy, celów i metod integracji systemów pomiarowych.</w:t>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -926,58 +1136,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę z zakresu budowy, celów i metod integracji systemów pomiarowych.</w:t>
+        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -996,1432 +1206,1222 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W14</w:t>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada usystematyzowaną wiedzę na temat rodzajów i właściwości czujników pomiarowych.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, projekt.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W16</w:t>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W01</w:t>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W02</w:t>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu statystycznej analizy wyników eksperymentu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U01</w:t>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U03</w:t>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U05</w:t>
-[...558 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>