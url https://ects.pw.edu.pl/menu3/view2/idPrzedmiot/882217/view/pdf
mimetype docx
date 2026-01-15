--- v1 (2026-01-13)
+++ v2 (2026-01-15)
@@ -1467,50 +1467,330 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1706,722 +1986,442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U14</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>