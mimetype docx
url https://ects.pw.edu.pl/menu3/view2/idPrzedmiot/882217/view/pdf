--- v2 (2026-01-15)
+++ v3 (2026-02-07)
@@ -1467,50 +1467,330 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1706,722 +1986,442 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U01</w:t>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U03</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U05</w:t>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U07</w:t>
-[...348 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>