--- v3 (2026-02-07)
+++ v4 (2026-03-20)
@@ -1467,50 +1467,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1916,232 +1986,372 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U21</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U03</w:t>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+        <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U09</w:t>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2168,260 +2378,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>