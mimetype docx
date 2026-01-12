--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -1207,121 +1207,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS729_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Potrafi wykorzystać wyniki pomiarów i statystki energetyczne urządzeń i procesów przemysłowych do oceny ich efektywności energetycznej.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>