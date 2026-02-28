--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -777,87 +777,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS729_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Zna podstawowe pojęcia i podstawowe dokumenty związane z efektywnością energetyczną.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS729_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS729_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Zna podstawowe pojęcia i podstawowe dokumenty związane z efektywnością energetyczną.																			</w:t>
+        <w:t xml:space="preserve">												Zna podstawowe wskaźniki efektywności energetycznej i statystyki energetyczne.																</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -876,452 +946,382 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS729_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS729_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">												Zna podstawowe wskaźniki efektywności energetycznej i statystyki energetyczne.																</w:t>
+        <w:t xml:space="preserve">							Zna podstawy metodyki przeprowadzania audytu energetycznego w przemyśle.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS729_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawy metodyki przeprowadzania audytu energetycznego w przemyśle.																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS729_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS729_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy metodyki przeprowadzania audytu energetycznego w przemyśle.																					</w:t>
+        <w:t xml:space="preserve">								Zna podstawy zarządzania energią w przemyśle.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Testy i dyskusje na wykładach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS729_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Potrafi wykorzystać wyniki pomiarów i statystki energetyczne urządzeń i procesów przemysłowych do oceny ich efektywności energetycznej.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS729_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS729_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy metodyki przeprowadzania audytu energetycznego w przemyśle.																					</w:t>
+        <w:t xml:space="preserve">									Potrafi wykorzystać wyniki pomiarów i statystki energetyczne urządzeń i procesów przemysłowych do oceny ich efektywności energetycznej.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na wykładach. Test końcowy. Przygotowanie i prezentacja wybranego zagadnienia (praca w grupie). Aktywny udział w zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U17</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>