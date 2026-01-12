--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -2575,50 +2575,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2716,120 +2786,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>