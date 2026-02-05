--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -1795,50 +1795,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1894,128 +1964,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2034,802 +2244,592 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W27</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U27</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>