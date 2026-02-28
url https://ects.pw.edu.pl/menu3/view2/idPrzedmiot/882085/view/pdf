--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -1795,367 +1795,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W07</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały stosowane w budowie turbin.</w:t>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_W27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby regulacji turbin.</w:t>
+        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2166,670 +2516,320 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki głównych typów turbin.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W9: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna osobliwości warunków pracy i konstrukcji turbin elektrowni jądrowych.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać odpowiednią turbinę stosownie do konkretnych potrzeb.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W27</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>