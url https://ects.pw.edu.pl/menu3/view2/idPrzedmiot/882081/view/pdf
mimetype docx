--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -2013,50 +2013,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2434,260 +2644,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>