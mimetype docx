--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -1453,50 +1453,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1622,1072 +1692,1002 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U08</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
-[...278 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>