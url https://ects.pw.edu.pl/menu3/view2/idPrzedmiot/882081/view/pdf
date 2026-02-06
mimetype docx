--- v2 (2026-01-13)
+++ v3 (2026-02-06)
@@ -1453,1241 +1453,1241 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie ocenić podstawowe parametry techniczne i ekonomiczne systemu.</w:t>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
-      </w:r>
-[...1118 lines deleted...]
-        <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>