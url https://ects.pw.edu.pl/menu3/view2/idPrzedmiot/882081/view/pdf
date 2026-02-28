--- v3 (2026-02-06)
+++ v4 (2026-02-28)
@@ -1733,157 +1733,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U29</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1902,92 +2182,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U29</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2013,51 +2293,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U08</w:t>
+        <w:t xml:space="preserve">E1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2083,51 +2363,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
+        <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2153,51 +2433,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2223,51 +2503,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U14</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2293,51 +2573,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U15</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2363,331 +2643,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U24</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>