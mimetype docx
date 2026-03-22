--- v4 (2026-02-28)
+++ v5 (2026-03-22)
@@ -1733,50 +1733,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1902,92 +1972,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK713_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK713_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie opisać (scharakteryzować) wybrany system i podsystem energetyczny.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać parametry systemu i jego głównych urządzeń oraz ocenić wpływ najważniejszych czynników na główne parametry techniczne i ekonomiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2574,120 +2644,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>