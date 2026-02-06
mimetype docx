--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -1132,331 +1132,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>