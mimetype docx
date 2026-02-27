--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1132,50 +1132,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1371,91 +1441,161 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1482,51 +1622,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1552,51 +1692,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U02</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1622,191 +1762,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>