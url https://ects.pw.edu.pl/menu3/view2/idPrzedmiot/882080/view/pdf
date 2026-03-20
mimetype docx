--- v3 (2026-02-27)
+++ v4 (2026-03-20)
@@ -1132,50 +1132,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1301,512 +1441,372 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U20</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>