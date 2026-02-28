--- v0 (2026-02-07)
+++ v1 (2026-02-28)
@@ -1809,50 +1809,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1908,58 +2048,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1978,58 +2118,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2089,87 +2229,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2188,512 +2608,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>