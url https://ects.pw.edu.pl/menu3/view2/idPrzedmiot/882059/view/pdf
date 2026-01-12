--- v0 (2025-11-03)
+++ v1 (2026-01-12)
@@ -1391,50 +1391,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Potrafi dokonać obliczeń współczynników dyfuzji w układzie gaz-gaz, ciecz-ciecz i gaz-ciecz oraz współczynników wnikania w różnych formach przepływu ciecz-gaz.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1490,92 +1560,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Potrafi dokonać obliczeń współczynników dyfuzji w układzie gaz-gaz, ciecz-ciecz i gaz-ciecz oraz współczynników wnikania w różnych formach przepływu ciecz-gaz.																			</w:t>
+        <w:t xml:space="preserve">								Potrafi posłużyć się aparatem obliczeniowym do przeprowadzenia obliczeń absorbera w układzie ciecz-gaz.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1601,121 +1671,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U11</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">								Potrafi posłużyć się aparatem obliczeniowym do przeprowadzenia obliczeń absorbera w układzie ciecz-gaz.																				</w:t>
+        <w:t xml:space="preserve">										Potrafi dokonać prostej analizy obliczeniowej wymienników masy typu adsorber.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1742,120 +1812,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U23</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>