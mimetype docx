--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -751,50 +751,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -920,662 +1060,522 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+        <w:t xml:space="preserve">									Ma podstawową wiedzę w zakresie zerowymiarowych obliczeń absorberów oraz typowych rzeczywistych konstrukcji absorberów.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Ma podstawową wiedzę w zakresie zerowymiarowych obliczeń absorberów oraz typowych rzeczywistych konstrukcji absorberów.																			</w:t>
+        <w:t xml:space="preserve">									Potrafi dokonać obliczeń współczynników dyfuzji w układzie gaz-gaz, ciecz-ciecz i gaz-ciecz oraz współczynników wnikania w różnych formach przepływu ciecz-gaz.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+        <w:t xml:space="preserve">									Potrafi dokonać obliczeń współczynników dyfuzji w układzie gaz-gaz, ciecz-ciecz i gaz-ciecz oraz współczynników wnikania w różnych formach przepływu ciecz-gaz.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+        <w:t xml:space="preserve">									Potrafi dokonać obliczeń współczynników dyfuzji w układzie gaz-gaz, ciecz-ciecz i gaz-ciecz oraz współczynników wnikania w różnych formach przepływu ciecz-gaz.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>