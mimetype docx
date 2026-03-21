--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -751,50 +751,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -850,512 +1060,302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+        <w:t xml:space="preserve">									Ma podstawową wiedzę w zakresie zerowymiarowych obliczeń absorberów oraz typowych rzeczywistych konstrukcji absorberów.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W02</w:t>
+        <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">										Ma elementarną wiedzę na temat pojęć, terminów i wielkości używanych w teorii wymiany masy.																		</w:t>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Ma elementarną wiedzę na temat konstrukcji i obliczeń wymienników masy typu adsorber.																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>