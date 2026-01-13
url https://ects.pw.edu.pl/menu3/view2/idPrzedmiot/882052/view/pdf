--- v0 (2025-11-05)
+++ v1 (2026-01-13)
@@ -763,471 +763,471 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W02</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>