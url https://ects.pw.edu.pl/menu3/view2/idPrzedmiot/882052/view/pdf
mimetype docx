--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -763,50 +763,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1142,92 +1212,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS711-W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS711-W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																				Ma podstawową wiedzę na temat teorii jednostopniowych sprężarkowych obiegów chłodniczych.																				</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia w zakresie szeroko pojętego chłodnictwa dotyczące czynników chłodniczych i innych nośników energii.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W02</w:t>
+        <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1324,120 +1394,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>